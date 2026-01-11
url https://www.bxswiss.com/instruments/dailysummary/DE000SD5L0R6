--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8a75c7e1db497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccb13784fca43d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fc8116584b4ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1269566a95c424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e8c7cee66154cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fc8116584b4ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2687fab2e16e4f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1269566a95c424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,070</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>