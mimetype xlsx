--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccb13784fca43d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796b1242220f4052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1269566a95c424a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70607323ec6d4e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2687fab2e16e4f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1269566a95c424a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8dd2ec86b64649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70607323ec6d4e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>235,065</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>