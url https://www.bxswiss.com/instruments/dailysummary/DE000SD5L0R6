--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796b1242220f4052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056daeea66b14919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70607323ec6d4e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf447016aa8e04e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8dd2ec86b64649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70607323ec6d4e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R238afe218e944cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf447016aa8e04e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Natwest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>228,815</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,300</x:t>
-[...242 lines deleted...]
-          <x:t>173,200</x:t>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>