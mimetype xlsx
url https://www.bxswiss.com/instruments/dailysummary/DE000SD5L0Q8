--- v0 (2025-10-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6565cd55794af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf902a04dbcc04e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a0f234ce5ee4191"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e798b0719a4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fbb819e96fb4ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a0f234ce5ee4191" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9662d93ffc4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e798b0719a4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,470</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>1,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>1,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>