--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf902a04dbcc04e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818518acc6654467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e798b0719a4b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4732ac203d4111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9662d93ffc4480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e798b0719a4b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999a3bb518984f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4732ac203d4111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>2,450</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,840</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>