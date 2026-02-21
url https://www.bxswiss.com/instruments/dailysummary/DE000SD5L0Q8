--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818518acc6654467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdc00b2ff954821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4732ac203d4111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980703cf243a4254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999a3bb518984f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4732ac203d4111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b2fdbe9b5e4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980703cf243a4254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,395</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,915</x:t>
-[...333 lines deleted...]
-          <x:t>4,015</x:t>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>