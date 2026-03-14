--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdc00b2ff954821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549dd5a98dae4e12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980703cf243a4254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e3e16116ef04d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b2fdbe9b5e4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980703cf243a4254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c38b38cfb8407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e3e16116ef04d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Barclays</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5L0Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>3,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,285</x:t>
-[...134 lines deleted...]
-          <x:t>2,615</x:t>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,170</x:t>
-[...134 lines deleted...]
-          <x:t>2,895</x:t>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>