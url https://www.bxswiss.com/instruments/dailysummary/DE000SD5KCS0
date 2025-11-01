--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e8afc92dd24afc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961899c19f4e4d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0defa337da6344a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e2cad543784e59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R634a4e86f6e844c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0defa337da6344a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R111fb0b9cf594fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e2cad543784e59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,535</x:t>
-[...435 lines deleted...]
-        <x:is>
           <x:t>11,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,215</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>