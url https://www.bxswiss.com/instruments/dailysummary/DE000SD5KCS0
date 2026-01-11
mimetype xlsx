--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961899c19f4e4d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4c48d51fc1a4450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e2cad543784e59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911ff465379e41a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R111fb0b9cf594fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e2cad543784e59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2df952802d64087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911ff465379e41a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,215</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>