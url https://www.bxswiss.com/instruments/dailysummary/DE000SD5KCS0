--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4c48d51fc1a4450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90a8dfb4e2c4bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911ff465379e41a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2f77a255944d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2df952802d64087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911ff465379e41a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28590e83156f4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2f77a255944d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>