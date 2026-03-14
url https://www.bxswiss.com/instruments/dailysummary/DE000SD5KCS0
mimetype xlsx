--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90a8dfb4e2c4bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2cbc4b89c2845b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f2f77a255944d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15630d0d13454028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28590e83156f4491" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f2f77a255944d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd40b411f856440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15630d0d13454028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,281</x:t>
-[...16 lines deleted...]
-          <x:t>0,302</x:t>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,276</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>29.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,247</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,266</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...377 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>