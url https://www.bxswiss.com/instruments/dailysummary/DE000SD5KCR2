--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359395cd596240d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1cf43b34e8475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf63d0872e7254618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6c83b3171a4945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256a9b46ef6d459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf63d0872e7254618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee54f28a689442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6c83b3171a4945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>