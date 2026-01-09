--- v1 (2025-10-31)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1cf43b34e8475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d21e98b88754534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f6c83b3171a4945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1959576db7de4f17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee54f28a689442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f6c83b3171a4945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5968d01067224a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1959576db7de4f17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,135</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>