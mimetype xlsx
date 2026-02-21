--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d21e98b88754534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d4e3ecbdd247ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1959576db7de4f17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc744d663e6484467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5968d01067224a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1959576db7de4f17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd44e7c1ec2417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc744d663e6484467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,290</x:t>
-[...252 lines deleted...]
-          <x:t>13,740</x:t>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>