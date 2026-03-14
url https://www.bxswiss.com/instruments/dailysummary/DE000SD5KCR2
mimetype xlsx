--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d4e3ecbdd247ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d53dc960cb54c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc744d663e6484467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474cf5757dfa474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd44e7c1ec2417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc744d663e6484467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8abd2a87468d4ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474cf5757dfa474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Ferrari</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5KCR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>7,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>10,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>