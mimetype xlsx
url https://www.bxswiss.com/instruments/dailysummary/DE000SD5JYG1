--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b58f431008423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11dd5b8e29c4ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39ca8d1961540a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8180412a318745e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b70a8c5eee94bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39ca8d1961540a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68db890a6e2344df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8180412a318745e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Yum! Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JYG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...16 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,345</x:t>
-[...16 lines deleted...]
-          <x:t>1,345</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...205 lines deleted...]
-          <x:t>1,320</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...16 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>1,175</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>1,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>