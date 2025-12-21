--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11dd5b8e29c4ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd55b937eb364e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8180412a318745e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce58b437fda4afb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68db890a6e2344df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8180412a318745e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re334eaf510b2435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce58b437fda4afb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Yum! Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JYG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...448 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...117 lines deleted...]
-          <x:t>1,175</x:t>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>