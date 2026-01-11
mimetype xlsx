--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd55b937eb364e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cbc42c37bd4c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce58b437fda4afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re828d00274c24e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re334eaf510b2435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce58b437fda4afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb5c856f4ce4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re828d00274c24e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Yum! Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JYG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,230</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...4 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>1,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>0,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>