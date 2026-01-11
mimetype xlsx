--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cbc42c37bd4c75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d68e5b600b4d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re828d00274c24e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769d995ad258400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcb5c856f4ce4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re828d00274c24e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R119b5fe30dc44c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769d995ad258400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Yum! Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JYG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>