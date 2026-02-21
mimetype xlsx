--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53d68e5b600b4d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b5712d8a1a47d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769d995ad258400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6e4b398ef04393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R119b5fe30dc44c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769d995ad258400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca99e6f02f7b4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6e4b398ef04393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Yum! Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JYG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...33 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>0,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,984</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>1,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>