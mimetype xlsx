--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b5712d8a1a47d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71b2d39b5004d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec6e4b398ef04393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86cfb703d6d460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca99e6f02f7b4c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec6e4b398ef04393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ad302b0adc49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86cfb703d6d460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Yum! Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JYG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,929</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>0,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,717</x:t>
-[...166 lines deleted...]
-          <x:t>0,724</x:t>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>