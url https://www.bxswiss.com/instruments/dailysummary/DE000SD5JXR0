--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d63e03083404404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57188f537b7d4ff3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19be7bb5f1bc46e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bd3b2bcfb64655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72da632052a44ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19be7bb5f1bc46e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2d6c91be1043bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bd3b2bcfb64655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on PepsiCo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,851</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,840</x:t>
-[...512 lines deleted...]
-          <x:t>0,541</x:t>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>