--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57188f537b7d4ff3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7632d1b93a8d4455" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bd3b2bcfb64655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a95cf3323048a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e2d6c91be1043bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bd3b2bcfb64655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6d95862a564d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a95cf3323048a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on PepsiCo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,474</x:t>
-[...16 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,467</x:t>
-[...16 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,476</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>0,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>