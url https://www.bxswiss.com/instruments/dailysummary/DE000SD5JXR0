--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7632d1b93a8d4455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e98a8c5d9a04b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a95cf3323048a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6552ebf9fc084f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6d95862a564d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a95cf3323048a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red23fcad1c6d4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6552ebf9fc084f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on PepsiCo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,511</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,558</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,618</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,598</x:t>
-[...60 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...495 lines deleted...]
-          <x:t>0,476</x:t>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>