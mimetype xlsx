--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e98a8c5d9a04b25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de4c71aa9fa4605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6552ebf9fc084f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34111b50585e4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red23fcad1c6d4203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6552ebf9fc084f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e9b505c2b74d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34111b50585e4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on PepsiCo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,457</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,424</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>0,692</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>