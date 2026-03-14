--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de4c71aa9fa4605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc69ed1c51949c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34111b50585e4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d3e887a1f0495c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e9b505c2b74d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34111b50585e4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d104585b7ba4891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d3e887a1f0495c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on PepsiCo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>0,371</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,233</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>0,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>