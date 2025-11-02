--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ea845fa5114ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c1cba2b5954edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69d5717fb0f546aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref920f08a13047e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878bb89a557a4aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69d5717fb0f546aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re456e1fc67534880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref920f08a13047e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Home Depot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>