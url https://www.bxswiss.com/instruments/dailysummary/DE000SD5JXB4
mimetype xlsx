--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c1cba2b5954edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb9c591e1dc439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref920f08a13047e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02af0cdbf80d4235"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re456e1fc67534880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref920f08a13047e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5050a5312a3e41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02af0cdbf80d4235" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Home Depot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,816</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>