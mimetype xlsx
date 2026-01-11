--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb9c591e1dc439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62952e99d2714ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02af0cdbf80d4235"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f57a698171244f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5050a5312a3e41a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02af0cdbf80d4235" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2460d4e272e14c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f57a698171244f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Home Depot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>1,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...60 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...237 lines deleted...]
-          <x:t>1,010</x:t>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,873</x:t>
-[...21 lines deleted...]
-          <x:t>0,919</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,908</x:t>
-[...134 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>