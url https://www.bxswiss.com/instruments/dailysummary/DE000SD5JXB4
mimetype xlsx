--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62952e99d2714ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b26894aaf84860" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f57a698171244f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bca64c7a4e74ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2460d4e272e14c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f57a698171244f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31ee9f875b4400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bca64c7a4e74ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Home Depot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,797</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>