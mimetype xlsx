--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b26894aaf84860" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753df591b3fd459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bca64c7a4e74ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72326c363d8243d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31ee9f875b4400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bca64c7a4e74ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96f32830ed9746e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72326c363d8243d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Home Depot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JXB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...627 lines deleted...]
-          <x:t>0,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>