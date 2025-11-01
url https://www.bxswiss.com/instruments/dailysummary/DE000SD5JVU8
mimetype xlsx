--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cba1efe3094539" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a77f3d5da84198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5c8b73071e74384"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5edd0604f7a4ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9f787ced524672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5c8b73071e74384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaac8a2ac221482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5edd0604f7a4ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Akamai Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JVU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...21 lines deleted...]
-          <x:t>2,030</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,910</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...75 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,200</x:t>
-        </x:is>
-[...440 lines deleted...]
-          <x:t>2,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>