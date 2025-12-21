--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a77f3d5da84198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e3bf1a1da54000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5edd0604f7a4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb838427d982a4e30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaac8a2ac221482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5edd0604f7a4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R762044e460d14638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb838427d982a4e30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Akamai Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JVU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,200</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>