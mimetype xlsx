--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e3bf1a1da54000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477ca045f6994cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb838427d982a4e30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc7648798044d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R762044e460d14638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb838427d982a4e30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333623cd8b554a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc7648798044d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Akamai Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JVU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,844</x:t>
-[...21 lines deleted...]
-          <x:t>0,848</x:t>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...146 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,848</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...134 lines deleted...]
-          <x:t>0,706</x:t>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>