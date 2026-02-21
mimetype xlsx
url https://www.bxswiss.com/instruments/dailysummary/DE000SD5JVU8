--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477ca045f6994cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c09f8f0e7f4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bc7648798044d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10ba170b4e054acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333623cd8b554a28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bc7648798044d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc181bca8977243b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10ba170b4e054acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Akamai Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JVU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,774</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>