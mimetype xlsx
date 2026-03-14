--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c09f8f0e7f4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddda057c101c464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10ba170b4e054acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70d4785ad9bc419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc181bca8977243b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10ba170b4e054acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82189b9a4034c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70d4785ad9bc419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Akamai Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5JVU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,412</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,339</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,336</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,374</x:t>
-[...264 lines deleted...]
-          <x:t>0,213</x:t>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,188</x:t>
-[...26 lines deleted...]
-          <x:t>0,218</x:t>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,204</x:t>
-[...80 lines deleted...]
-          <x:t>0,274</x:t>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>