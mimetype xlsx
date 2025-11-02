--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b8b1e275e74091" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bef64fd8bbb47fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bef2b00a3204b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d58424e76164d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172eb2101d4b4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bef2b00a3204b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1716d66fa644285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d58424e76164d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5J5E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,455</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>4,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>