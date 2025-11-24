--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bef64fd8bbb47fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5008c453bf48f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d58424e76164d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab3183538964239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1716d66fa644285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d58424e76164d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38011a9bb7e94eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab3183538964239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5J5E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,215</x:t>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>3,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>