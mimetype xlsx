--- v2 (2025-11-24)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5008c453bf48f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c586ddddb2049f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab3183538964239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c1ae3b46394e08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38011a9bb7e94eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab3183538964239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e3090d8dcf4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c1ae3b46394e08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5J5E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,155</x:t>
-[...171 lines deleted...]
-          <x:t>2,975</x:t>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>