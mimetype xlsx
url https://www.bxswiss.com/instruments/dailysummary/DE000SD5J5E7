--- v3 (2026-01-07)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c586ddddb2049f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba80699f5444cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c1ae3b46394e08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11394abfcd304964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e3090d8dcf4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c1ae3b46394e08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78230fb5e0274719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11394abfcd304964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5J5E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>