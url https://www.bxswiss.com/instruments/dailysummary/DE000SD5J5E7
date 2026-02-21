--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba80699f5444cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5287fd571f44dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11394abfcd304964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07dfee541ae4cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78230fb5e0274719" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11394abfcd304964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159792b3b830427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07dfee541ae4cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Platinum Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD5J5E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>8,575</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,100</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>9,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>