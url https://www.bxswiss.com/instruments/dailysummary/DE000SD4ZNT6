--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2afa7b58d0549ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R136140094fd04759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce6f1601e7845bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc6b458f7204f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cfd4e05bfa4458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce6f1601e7845bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf848916bb2764e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc6b458f7204f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,271</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,264</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,262</x:t>
-[...549 lines deleted...]
-          <x:t>0,299</x:t>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>