--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R136140094fd04759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e362d15bae74c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc6b458f7204f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e3748a55d445d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf848916bb2764e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc6b458f7204f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9d3280192a4f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e3748a55d445d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,161</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,160</x:t>
-[...16 lines deleted...]
-          <x:t>0,283</x:t>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,237</x:t>
-[...571 lines deleted...]
-          <x:t>0,233</x:t>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>