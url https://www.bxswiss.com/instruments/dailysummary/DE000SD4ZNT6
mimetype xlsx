--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e362d15bae74c3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2947d5d7554ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72e3748a55d445d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274b1c08a9c44a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9d3280192a4f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72e3748a55d445d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281b1de4538f4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274b1c08a9c44a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>0,299</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...48 lines deleted...]
-          <x:t>0,423</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,408</x:t>
-[...21 lines deleted...]
-          <x:t>0,364</x:t>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,453</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>