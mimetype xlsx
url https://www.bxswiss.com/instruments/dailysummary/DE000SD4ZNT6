--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2947d5d7554ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fab877357224dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274b1c08a9c44a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a846e1c698b4e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281b1de4538f4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274b1c08a9c44a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd43a34ee7e8a46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a846e1c698b4e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,409</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,430</x:t>
+          <x:t>0,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,428</x:t>
-[...242 lines deleted...]
-          <x:t>0,516</x:t>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>