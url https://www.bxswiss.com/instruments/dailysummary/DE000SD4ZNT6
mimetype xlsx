--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fab877357224dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a3b76654d74218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a846e1c698b4e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca2fab7ef8224373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd43a34ee7e8a46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a846e1c698b4e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7fceaca891042a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca2fab7ef8224373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,406</x:t>
-[...495 lines deleted...]
-          <x:t>0,744</x:t>
+          <x:t>0,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>