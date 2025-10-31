--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3c2a7885d1b4c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac9e746a72a4175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b2afb816c14602"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93c451b1ccb748f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb69d382bcf448ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b2afb816c14602" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24202e73bd44bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93c451b1ccb748f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,500</x:t>
-[...512 lines deleted...]
-          <x:t>6,760</x:t>
+          <x:t>5,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>7,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>