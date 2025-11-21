--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac9e746a72a4175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb64f355c65c4c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93c451b1ccb748f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9889f6639453488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc24202e73bd44bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93c451b1ccb748f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd8f43746ea4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9889f6639453488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>6,780</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,760</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,355</x:t>
-[...70 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,475</x:t>
-[...80 lines deleted...]
-          <x:t>6,395</x:t>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>6,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>