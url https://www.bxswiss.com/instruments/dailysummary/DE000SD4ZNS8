--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb64f355c65c4c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc41b0db2134432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9889f6639453488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8dfffccdff24ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd8f43746ea4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9889f6639453488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7d008e2cd14edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8dfffccdff24ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>8,765</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,315</x:t>
-[...48 lines deleted...]
-          <x:t>9,035</x:t>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,915</x:t>
-[...11 lines deleted...]
-          <x:t>8,895</x:t>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,580</x:t>
-[...92 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,495</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>9,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>