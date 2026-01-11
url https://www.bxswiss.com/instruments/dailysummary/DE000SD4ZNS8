--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc41b0db2134432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18269fe3e009422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8dfffccdff24ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfd756aabd24ac5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7d008e2cd14edd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8dfffccdff24ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17a697c03424fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfd756aabd24ac5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>27.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,000</x:t>
-[...75 lines deleted...]
-          <x:t>9,770</x:t>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,480</x:t>
-[...355 lines deleted...]
-          <x:t>9,495</x:t>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>