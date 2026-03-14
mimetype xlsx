--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18269fe3e009422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2846805d2a4694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfd756aabd24ac5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree9dd9f31cfe4a9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17a697c03424fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfd756aabd24ac5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cfefc44f5a14554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree9dd9f31cfe4a9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>11,130</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>