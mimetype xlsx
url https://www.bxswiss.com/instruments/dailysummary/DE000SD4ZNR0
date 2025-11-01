--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00e215062fe845ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba36665f10dd48c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad0bc05023274a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697a209077934490"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a45fee9203445f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad0bc05023274a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781547bcbc1a40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697a209077934490" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>30,710</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,130</x:t>
-[...490 lines deleted...]
-          <x:t>36,410</x:t>
+          <x:t>33,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>