--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba36665f10dd48c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbad3cd0733492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R697a209077934490"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22290e8cad9c4249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781547bcbc1a40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R697a209077934490" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c3627572a94920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22290e8cad9c4249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>31,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>