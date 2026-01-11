--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebbad3cd0733492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1e9217085a4ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22290e8cad9c4249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8906054ab59d4118"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99c3627572a94920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22290e8cad9c4249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra46e4f8fc00f4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8906054ab59d4118" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,900</x:t>
-[...31 lines deleted...]
-          <x:t>43,935</x:t>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>42,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>43,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>44,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>