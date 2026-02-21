--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e1e9217085a4ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9faa20c3cc3740fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8906054ab59d4118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad20cd41f994c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra46e4f8fc00f4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8906054ab59d4118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf886a1b982994a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad20cd41f994c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,095</x:t>
-[...360 lines deleted...]
-          <x:t>50,470</x:t>
+          <x:t>44,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>