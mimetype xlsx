--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9faa20c3cc3740fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65e83a2329274185" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad20cd41f994c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e67b6b22b04a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf886a1b982994a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad20cd41f994c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1495d2db617c44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e67b6b22b04a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on AstraZeneca</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZNR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>