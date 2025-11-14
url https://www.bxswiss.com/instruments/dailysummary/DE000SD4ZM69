--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ab3b5984ac459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc7b8ad4d69431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141267ad77d240e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c3e52fc4fb45da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcde9d506c904ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141267ad77d240e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2574a2a6c79f412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c3e52fc4fb45da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZM69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,057</x:t>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,054</x:t>
-[...6 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,053</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,044</x:t>
-[...97 lines deleted...]
-          <x:t>0,050</x:t>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,058</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>0,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>