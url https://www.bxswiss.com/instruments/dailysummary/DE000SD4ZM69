--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc7b8ad4d69431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b4cf58b2214037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c3e52fc4fb45da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re789c74612134184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2574a2a6c79f412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c3e52fc4fb45da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fc3eeb221049b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re789c74612134184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZM69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,079</x:t>
-[...26 lines deleted...]
-          <x:t>0,075</x:t>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,099</x:t>
-[...522 lines deleted...]
-          <x:t>0,058</x:t>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>