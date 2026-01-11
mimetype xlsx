--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b4cf58b2214037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1ffdbbdf7b4f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re789c74612134184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbe3c5c24464acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fc3eeb221049b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re789c74612134184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ffe914a0adf4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbe3c5c24464acc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZM69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>