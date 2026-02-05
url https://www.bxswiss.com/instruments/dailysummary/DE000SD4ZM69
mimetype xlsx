--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1ffdbbdf7b4f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27584aef0984741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbe3c5c24464acc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd53e2b3198dd41ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ffe914a0adf4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbe3c5c24464acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec380ee11625491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd53e2b3198dd41ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZM69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,111</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,099</x:t>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,109</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,131</x:t>
-        </x:is>
-[...403 lines deleted...]
-          <x:t>0,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>