--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27584aef0984741" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d922c6b76cf4239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd53e2b3198dd41ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bee8b3d372641f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec380ee11625491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd53e2b3198dd41ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64aec685b50949da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bee8b3d372641f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZM69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,161</x:t>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,148</x:t>
-[...124 lines deleted...]
-          <x:t>0,188</x:t>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>0,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>