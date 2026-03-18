--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d922c6b76cf4239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd88f8c4f077f4069" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bee8b3d372641f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82773cdbb3524893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64aec685b50949da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bee8b3d372641f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb45d1be83fa64c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82773cdbb3524893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Pan American Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4ZM69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,202</x:t>
-[...16 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,130</x:t>
-[...441 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>