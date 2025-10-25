--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20504489da04dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f28b5efbf54b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a3d186ff4b45c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7d92a3bc9d4414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a695db32c2643d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a3d186ff4b45c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391c64d9a1764bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7d92a3bc9d4414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>03.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...458 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>