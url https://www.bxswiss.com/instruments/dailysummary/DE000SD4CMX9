--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f28b5efbf54b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ceeca3709d494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7d92a3bc9d4414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba6207d20b348b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R391c64d9a1764bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7d92a3bc9d4414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091a391d4b0743c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba6207d20b348b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...16 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...48 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...11 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...48 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,025</x:t>
-[...6 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...16 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>0,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>1,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>