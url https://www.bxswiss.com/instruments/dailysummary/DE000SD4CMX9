--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ceeca3709d494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96b62ad96254da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba6207d20b348b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786a6e7be4a040aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R091a391d4b0743c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba6207d20b348b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb828fdf100640c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786a6e7be4a040aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...581 lines deleted...]
-          <x:t>0,792</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,797</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,848</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>