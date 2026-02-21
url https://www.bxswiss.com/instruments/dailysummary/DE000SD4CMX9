--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96b62ad96254da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97b3e6d563d4bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786a6e7be4a040aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda95ce6e060947d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb828fdf100640c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786a6e7be4a040aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606392d7be744041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda95ce6e060947d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,811</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,783</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...409 lines deleted...]
-          <x:t>0,678</x:t>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>