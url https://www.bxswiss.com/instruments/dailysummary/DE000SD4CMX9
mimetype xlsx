--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97b3e6d563d4bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439421cdb5114497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda95ce6e060947d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3767696b2dd84de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606392d7be744041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda95ce6e060947d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e29cc639e3494a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3767696b2dd84de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Bear on Vestas Wind</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4CMX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>0,716</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>09.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,794</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,773</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...65 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,818</x:t>
-[...4 lines deleted...]
-          <x:t>0,787</x:t>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,801</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>