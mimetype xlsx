--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09cc35ad0e4c41c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21b0a03a0cad4908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb27608508f44af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683cebf3f59f4caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f7720c52794c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb27608508f44af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf93128878f94c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683cebf3f59f4caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4A9U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>