--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21b0a03a0cad4908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2b75b58a5c46fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683cebf3f59f4caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R438fd4d0b1f24fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf93128878f94c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683cebf3f59f4caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9c1c4f5d0a4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R438fd4d0b1f24fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4A9U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>209,635</x:t>
-[...97 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>205,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,205</x:t>
-[...90 lines deleted...]
-          <x:t>200,635</x:t>
+          <x:t>212,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>