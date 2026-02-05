--- v2 (2025-12-19)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a2b75b58a5c46fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad44c57ab304e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R438fd4d0b1f24fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d6801655c34f9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f9c1c4f5d0a4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R438fd4d0b1f24fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7576fbd0f8a42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d6801655c34f9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4A9U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>216,675</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>