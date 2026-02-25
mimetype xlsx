--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad44c57ab304e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c4e39e4a984576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21d6801655c34f9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1672eb09dc0450d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7576fbd0f8a42eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21d6801655c34f9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d128e616af24f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1672eb09dc0450d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4A9U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>