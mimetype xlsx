--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c4e39e4a984576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f988e43b1b484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1672eb09dc0450d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde395dbc3e81459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d128e616af24f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1672eb09dc0450d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b5e7333199e43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde395dbc3e81459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD4A9U5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>263,740</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>254,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,315</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>