--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800f52968fc64d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fba8e5e83d6436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a2155266224403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb462b06ccef54915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62af2baa4e7e4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a2155266224403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c0c7480ebe4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb462b06ccef54915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD3G098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>