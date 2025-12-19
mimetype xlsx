--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fba8e5e83d6436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03dbbd8dd10e4d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb462b06ccef54915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bbf7e355034f5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c0c7480ebe4623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb462b06ccef54915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1e994b10c04099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bbf7e355034f5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD3G098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>113,430</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,230</x:t>
-[...247 lines deleted...]
-          <x:t>113,200</x:t>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>