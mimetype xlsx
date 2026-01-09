--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03dbbd8dd10e4d57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb80c7113fc4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bbf7e355034f5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67fdcd4f794649da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1e994b10c04099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bbf7e355034f5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ccb233ea22f43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67fdcd4f794649da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD3G098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>