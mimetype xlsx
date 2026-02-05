--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb80c7113fc4003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e146033acbc445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67fdcd4f794649da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f4a57a7f46471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ccb233ea22f43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67fdcd4f794649da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e295a6f1d9f4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f4a57a7f46471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD3G098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>