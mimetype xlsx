--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e146033acbc445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc762cb91c96c44f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f4a57a7f46471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b98b16591d747ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e295a6f1d9f4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f4a57a7f46471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccec4c7edd5a40cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b98b16591d747ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD3G098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>