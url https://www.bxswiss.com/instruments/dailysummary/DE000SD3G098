--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc762cb91c96c44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a60bb596cb4bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b98b16591d747ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bded7e1b3264f7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccec4c7edd5a40cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b98b16591d747ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a2789b55dc4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bded7e1b3264f7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Gold Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD3G098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>168,390</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,620</x:t>
-[...178 lines deleted...]
-          <x:t>186,160</x:t>
+          <x:t>177,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>193,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>