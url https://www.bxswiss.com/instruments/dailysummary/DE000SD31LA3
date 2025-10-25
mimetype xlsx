--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991c5310a85b434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb99d3ad1c3444a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99a5d9d0dfa4a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa87f2982f414409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17aae67cdfe9430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99a5d9d0dfa4a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc8e3b37df824983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa87f2982f414409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD31LA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,155</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,010</x:t>
-[...75 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>2,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,695</x:t>
-[...205 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,595</x:t>
-[...242 lines deleted...]
-          <x:t>2,600</x:t>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>