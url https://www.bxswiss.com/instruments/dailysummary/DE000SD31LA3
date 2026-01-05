--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb99d3ad1c3444a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91416b4e53f4e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa87f2982f414409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc506f13614644067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc8e3b37df824983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa87f2982f414409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99db574e8a43441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc506f13614644067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD31LA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>3,045</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,985</x:t>
-[...517 lines deleted...]
-          <x:t>2,175</x:t>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>