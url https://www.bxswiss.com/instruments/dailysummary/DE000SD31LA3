--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91416b4e53f4e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2508a1d3020d4bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc506f13614644067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c817bf543ed4ce5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99db574e8a43441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc506f13614644067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18fc47ec6b34d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c817bf543ed4ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD31LA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>3,405</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>3,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,665</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...16 lines deleted...]
-          <x:t>3,775</x:t>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,645</x:t>
-[...112 lines deleted...]
-          <x:t>3,505</x:t>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>