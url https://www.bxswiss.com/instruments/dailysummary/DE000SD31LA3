--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2508a1d3020d4bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb0cf29369b4fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c817bf543ed4ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2378f017e1c4d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18fc47ec6b34d4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c817bf543ed4ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7046362225b4104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2378f017e1c4d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Lufthansa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD31LA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,430</x:t>
-[...620 lines deleted...]
-          <x:t>4,080</x:t>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>