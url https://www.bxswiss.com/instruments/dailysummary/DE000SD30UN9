--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e4218a9d994000" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12150e848da14f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7ba521b195f4a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc58af2c293644e74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890e278fe45b4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7ba521b195f4a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5284ff1c8c95429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc58af2c293644e74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,442</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,464</x:t>
-[...603 lines deleted...]
-          <x:t>0,473</x:t>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>