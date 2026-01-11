--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12150e848da14f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R989d520ec2554a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc58af2c293644e74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3551cf0323894a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5284ff1c8c95429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc58af2c293644e74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ecf215d1ca4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3551cf0323894a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,427</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...11 lines deleted...]
-          <x:t>0,409</x:t>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,406</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,419</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>