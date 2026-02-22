--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R989d520ec2554a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc749c1151644f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3551cf0323894a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62ad627e2b345a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ecf215d1ca4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3551cf0323894a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6fa349bf6eb4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62ad627e2b345a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,397</x:t>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,412</x:t>
-[...11 lines deleted...]
-          <x:t>0,410</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,403</x:t>
-[...16 lines deleted...]
-          <x:t>0,412</x:t>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,410</x:t>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,418</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,421</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,412</x:t>
-[...31 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>