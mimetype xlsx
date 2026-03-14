--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc749c1151644f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cd7514eb3c40ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62ad627e2b345a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf808436ed0459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6fa349bf6eb4f8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62ad627e2b345a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573db4167e404015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf808436ed0459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,409</x:t>
-[...26 lines deleted...]
-          <x:t>0,410</x:t>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,418</x:t>
-[...97 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>0,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,406</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>0,451</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>