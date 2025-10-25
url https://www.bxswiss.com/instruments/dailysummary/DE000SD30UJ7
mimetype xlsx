--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf5df8fb3de74298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdbd817270fc4661" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca5c66954954e82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f08ed21afc64047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d5f599e8154713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca5c66954954e82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c25e52e726f4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f08ed21afc64047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>43,460</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>43,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,400</x:t>
-[...21 lines deleted...]
-          <x:t>42,310</x:t>
+          <x:t>43,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>42,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,240</x:t>
-[...458 lines deleted...]
-          <x:t>42,740</x:t>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>