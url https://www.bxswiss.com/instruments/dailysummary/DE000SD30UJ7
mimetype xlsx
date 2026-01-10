--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdbd817270fc4661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d46da024ef4664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f08ed21afc64047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13ece4028cd422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c25e52e726f4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f08ed21afc64047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e263431e2e4ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13ece4028cd422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>43,040</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,750</x:t>
-[...436 lines deleted...]
-          <x:t>41,220</x:t>
+          <x:t>43,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>