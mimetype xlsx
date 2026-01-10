--- v2 (2026-01-10)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d46da024ef4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a0097789354342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13ece4028cd422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9363256bf3642e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e263431e2e4ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13ece4028cd422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64c188b9a614515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9363256bf3642e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>