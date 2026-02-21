--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86a0097789354342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5424b2eae748bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9363256bf3642e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf30b7e53b78493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64c188b9a614515" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9363256bf3642e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R795b46689dec485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf30b7e53b78493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>43,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,520</x:t>
-[...53 lines deleted...]
-          <x:t>43,730</x:t>
+          <x:t>42,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>