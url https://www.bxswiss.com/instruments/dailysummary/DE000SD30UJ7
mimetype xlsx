--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5424b2eae748bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4a1651e968747fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf30b7e53b78493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e18ff80f9b6406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R795b46689dec485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf30b7e53b78493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9113dd76c714491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e18ff80f9b6406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,090</x:t>
-[...306 lines deleted...]
-          <x:t>40,910</x:t>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>