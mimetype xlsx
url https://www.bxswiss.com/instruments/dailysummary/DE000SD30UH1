--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51bfc84be1484d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d3ecef86dd47e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a0d72047414664"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcbb2d52a9f64add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec07fee92461440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a0d72047414664" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b26b304cd734e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcbb2d52a9f64add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>48,530</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>48,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>