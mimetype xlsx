--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d3ecef86dd47e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c38970cd86c4c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcbb2d52a9f64add"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0064469221d44ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b26b304cd734e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcbb2d52a9f64add" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad9bdc9a10a4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0064469221d44ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,840</x:t>
-[...252 lines deleted...]
-          <x:t>45,700</x:t>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>