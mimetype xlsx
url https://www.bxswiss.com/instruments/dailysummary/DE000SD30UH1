--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c38970cd86c4c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa37e80cda44dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0064469221d44ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67c0a703efdc45b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad9bdc9a10a4938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0064469221d44ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R506c88d83b9b46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67c0a703efdc45b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>47,300</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>