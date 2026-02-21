--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa37e80cda44dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229b5a48fa7049ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67c0a703efdc45b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1f9600489f4b89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R506c88d83b9b46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67c0a703efdc45b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86cf5d7a7eec441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1f9600489f4b89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>