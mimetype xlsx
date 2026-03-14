--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229b5a48fa7049ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8778fa35b0a0492f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1f9600489f4b89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e2c6ffe89c46ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86cf5d7a7eec441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1f9600489f4b89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e814ec6b90b42d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e2c6ffe89c46ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>48,570</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,650</x:t>
-[...436 lines deleted...]
-          <x:t>45,330</x:t>
+          <x:t>47,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>