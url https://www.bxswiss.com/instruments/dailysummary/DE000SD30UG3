--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955b9626d33c4a89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cf208c1bc44af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de325e1f4ae432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R596cc53b65f640b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6be9bb52cff34867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de325e1f4ae432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cce46259f5b42e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R596cc53b65f640b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>46,080</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>45,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,740</x:t>
-[...247 lines deleted...]
-          <x:t>44,355</x:t>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>