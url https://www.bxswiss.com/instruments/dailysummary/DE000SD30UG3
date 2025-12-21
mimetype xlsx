--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cf208c1bc44af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db0a286873a4dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R596cc53b65f640b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b00551e427c4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cce46259f5b42e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R596cc53b65f640b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0499c3612b4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b00551e427c4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>45,250</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,590</x:t>
-[...119 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,030</x:t>
-[...48 lines deleted...]
-          <x:t>45,520</x:t>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>44,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,420</x:t>
-[...31 lines deleted...]
-          <x:t>46,470</x:t>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>