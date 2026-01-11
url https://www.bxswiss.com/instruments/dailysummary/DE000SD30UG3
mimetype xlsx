--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db0a286873a4dbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3f8a64fd4340ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b00551e427c4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30427d9dde924a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0499c3612b4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b00551e427c4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d388f58e9ce43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30427d9dde924a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>