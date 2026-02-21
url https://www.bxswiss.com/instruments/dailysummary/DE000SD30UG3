--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3f8a64fd4340ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39aed49a82fc4f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30427d9dde924a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e0cc34f8304bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d388f58e9ce43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30427d9dde924a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c7471e7e004ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e0cc34f8304bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>49,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>