--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39aed49a82fc4f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6137e412ca4b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e0cc34f8304bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee2d1faf828415c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c7471e7e004ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e0cc34f8304bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8299851745344dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee2d1faf828415c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>49,360</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,560</x:t>
-[...512 lines deleted...]
-          <x:t>43,880</x:t>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>