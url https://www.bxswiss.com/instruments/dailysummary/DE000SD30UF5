--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dcbaa51dad4736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3115771871444c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbf1713408d54992"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284dce9a9fac4e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf609c26d634c48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbf1713408d54992" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b27fe1ec174122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284dce9a9fac4e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>36,970</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>