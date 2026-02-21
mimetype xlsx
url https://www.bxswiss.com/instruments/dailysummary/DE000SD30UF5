--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3115771871444c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9541bc21f79744de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284dce9a9fac4e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287527341f0c4656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8b27fe1ec174122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284dce9a9fac4e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6658c3ec23ad4db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287527341f0c4656" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Short on Euro Bund Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD30UF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>40,375</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>41,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>