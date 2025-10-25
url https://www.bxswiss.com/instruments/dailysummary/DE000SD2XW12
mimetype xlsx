--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eca110555a3408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bad4c4bc57477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3db5799086402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a0f92ebc944309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c1aa4988d3047ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3db5799086402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcc8226312c4e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a0f92ebc944309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on TeamViewer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2XW12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,133</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,133</x:t>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,163</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,172</x:t>
-[...102 lines deleted...]
-          <x:t>0,186</x:t>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,165</x:t>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,163</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>