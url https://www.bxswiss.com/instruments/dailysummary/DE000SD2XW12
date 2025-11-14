--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bad4c4bc57477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9d654463444207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a0f92ebc944309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb63e53283a3649ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcc8226312c4e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a0f92ebc944309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96442b21b1044064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb63e53283a3649ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on TeamViewer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2XW12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,173</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,170</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,167</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,336</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>