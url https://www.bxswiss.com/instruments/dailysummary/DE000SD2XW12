--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb9d654463444207" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ce595a82a14cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb63e53283a3649ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42977f3040dc4224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96442b21b1044064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb63e53283a3649ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787fa86dd1ac4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42977f3040dc4224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on TeamViewer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2XW12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...100 lines deleted...]
-          <x:t>0,491</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>