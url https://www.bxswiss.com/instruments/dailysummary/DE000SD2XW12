--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ce595a82a14cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6998580035504852" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42977f3040dc4224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ceb07523b7405c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787fa86dd1ac4724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42977f3040dc4224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reccd49fc425f4522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ceb07523b7405c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on TeamViewer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2XW12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...53 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,660</x:t>
-[...97 lines deleted...]
-          <x:t>0,629</x:t>
+          <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,619</x:t>
-[...90 lines deleted...]
-          <x:t>0,531</x:t>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>