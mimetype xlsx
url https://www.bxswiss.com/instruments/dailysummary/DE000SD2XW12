--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6998580035504852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e97f853f6464dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54ceb07523b7405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae621195bec4035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reccd49fc425f4522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54ceb07523b7405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eee9b023cd143ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae621195bec4035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on TeamViewer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2XW12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,619</x:t>
-[...26 lines deleted...]
-          <x:t>0,639</x:t>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,593</x:t>
-[...92 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,451</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,487</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>