--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e97f853f6464dda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01231f8a6a584760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae621195bec4035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5965dd562b854dfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eee9b023cd143ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae621195bec4035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10740e751fca477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5965dd562b854dfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on TeamViewer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2XW12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,486</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,392</x:t>
-[...237 lines deleted...]
-          <x:t>0,579</x:t>
+          <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,398</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,546</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>