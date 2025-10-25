--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0452e7cba74416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021601afcc064807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd560e63997634cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4f832661544c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd267a135d8b449ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd560e63997634cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf077f01e5bd432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4f832661544c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,210</x:t>
-[...11 lines deleted...]
-          <x:t>1,230</x:t>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...316 lines deleted...]
-          <x:t>1,750</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>