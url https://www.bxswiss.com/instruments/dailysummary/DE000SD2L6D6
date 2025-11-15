--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R021601afcc064807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9cc10854644274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4f832661544c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1a86aae5f84cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf077f01e5bd432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4f832661544c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432aa32848b54e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1a86aae5f84cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,895</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,850</x:t>
-[...65 lines deleted...]
-          <x:t>1,615</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...21 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...36 lines deleted...]
-          <x:t>1,425</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>