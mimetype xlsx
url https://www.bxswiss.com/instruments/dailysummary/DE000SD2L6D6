--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9cc10854644274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde41f7ae3a3b407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1a86aae5f84cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd354fb5bd87420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432aa32848b54e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1a86aae5f84cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1cc7fa3a0704378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd354fb5bd87420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,740</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...571 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>