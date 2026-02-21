--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde41f7ae3a3b407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb71fb7d7af4575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd354fb5bd87420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edbcb2fc62e41b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1cc7fa3a0704378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd354fb5bd87420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7640f3f8aa7a476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edbcb2fc62e41b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,080</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>