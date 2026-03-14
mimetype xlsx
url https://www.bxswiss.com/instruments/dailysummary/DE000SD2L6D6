--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb71fb7d7af4575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89181b0930284764" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edbcb2fc62e41b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71669f75cd544125"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7640f3f8aa7a476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edbcb2fc62e41b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5042700a917f4e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71669f75cd544125" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L6D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>23.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,900</x:t>
-[...102 lines deleted...]
-          <x:t>4,855</x:t>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,380</x:t>
-[...16 lines deleted...]
-          <x:t>4,400</x:t>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,180</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>5,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>