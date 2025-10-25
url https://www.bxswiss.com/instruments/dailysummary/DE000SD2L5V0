--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339f3914d74a4e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e7a64df7c84ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad7b6cdd2284ad8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d7b3f647b24e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36745c878ee84f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad7b6cdd2284ad8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84399748ff0d41ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d7b3f647b24e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,175</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>