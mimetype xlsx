--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e7a64df7c84ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2dc1f70a534850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d7b3f647b24e63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996e78520cfd41a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84399748ff0d41ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d7b3f647b24e63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225acaab5839479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996e78520cfd41a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>3,360</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,260</x:t>
-[...33 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,155</x:t>
-[...43 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,015</x:t>
-[...490 lines deleted...]
-          <x:t>3,445</x:t>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>