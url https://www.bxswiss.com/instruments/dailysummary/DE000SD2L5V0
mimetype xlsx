--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa2dc1f70a534850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75eabaa4d7844e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996e78520cfd41a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4dc7ceeb3445dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225acaab5839479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996e78520cfd41a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448c928bb04e4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4dc7ceeb3445dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>3,055</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>3,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>3,115</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,115</x:t>
-[...48 lines deleted...]
-          <x:t>4,185</x:t>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>