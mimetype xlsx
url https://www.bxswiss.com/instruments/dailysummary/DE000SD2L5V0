--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75eabaa4d7844e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c46de9eb654ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4dc7ceeb3445dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a98c2c82a34e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448c928bb04e4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4dc7ceeb3445dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re11c75b5db0d4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a98c2c82a34e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>3,555</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,365</x:t>
-[...146 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,895</x:t>
-[...360 lines deleted...]
-          <x:t>3,770</x:t>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>