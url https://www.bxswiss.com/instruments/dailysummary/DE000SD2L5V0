--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c46de9eb654ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8097b3640f36487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a98c2c82a34e64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d810a87586b41a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re11c75b5db0d4dce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a98c2c82a34e64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfa401343a449f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d810a87586b41a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,785</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,735</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,540</x:t>
-[...377 lines deleted...]
-          <x:t>3,760</x:t>
+          <x:t>3,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>