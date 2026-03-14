--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8097b3640f36487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b8aa6885e74782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d810a87586b41a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34c7f5f5449b4a9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfa401343a449f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d810a87586b41a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra269b3e5568a4ce8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34c7f5f5449b4a9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,205</x:t>
-[...134 lines deleted...]
-          <x:t>3,205</x:t>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,200</x:t>
-[...124 lines deleted...]
-          <x:t>3,195</x:t>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,095</x:t>
-[...323 lines deleted...]
-          <x:t>3,660</x:t>
+          <x:t>2,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>