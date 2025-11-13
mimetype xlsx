--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf81b3362502543b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adfd60d52d14e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb55277e5c0234dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d0db99a37449d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dbc85ee19ec4481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb55277e5c0234dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe831b2908c140f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d0db99a37449d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vontobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>02.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,797</x:t>
-[...4 lines deleted...]
-          <x:t>0,753</x:t>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>0,720</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,712</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>0,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,758</x:t>
-[...360 lines deleted...]
-          <x:t>0,803</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>