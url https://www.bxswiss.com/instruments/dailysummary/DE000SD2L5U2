--- v1 (2025-11-13)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0adfd60d52d14e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e80a87784f545ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb31d0db99a37449d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45db364e8c1b48d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe831b2908c140f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb31d0db99a37449d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c7c0fb53a743fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45db364e8c1b48d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vontobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,747</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>