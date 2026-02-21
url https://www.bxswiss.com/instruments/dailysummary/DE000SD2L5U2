--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e80a87784f545ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a638a1cd044945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45db364e8c1b48d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31ce326cbbcb4265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c7c0fb53a743fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45db364e8c1b48d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699840926bc741ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31ce326cbbcb4265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vontobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,517</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,508</x:t>
-[...53 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>