--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a638a1cd044945" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6c0df08995407e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31ce326cbbcb4265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b34f193d84246c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699840926bc741ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31ce326cbbcb4265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8126385d39604c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b34f193d84246c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vontobel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,452</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,414</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>0,368</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,368</x:t>
-[...43 lines deleted...]
-          <x:t>0,368</x:t>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,362</x:t>
-[...38 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,388</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>0,357</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>