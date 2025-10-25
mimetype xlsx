--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863bde8ad6c54561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2105d3b70f4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refd36e437a574681"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4988dd403c4867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re03de1614ad54650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refd36e437a574681" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5e829c363d4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4988dd403c4867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>5,255</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,250</x:t>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,590</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,520</x:t>
-[...276 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,725</x:t>
-[...9 lines deleted...]
-          <x:t>5,495</x:t>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>