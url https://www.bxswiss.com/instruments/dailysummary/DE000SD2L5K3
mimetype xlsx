--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2105d3b70f4944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376195338073496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4988dd403c4867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f6ee544c4144ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5e829c363d4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4988dd403c4867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf638b2f95f545a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f6ee544c4144ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,845</x:t>
-[...232 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,735</x:t>
-[...360 lines deleted...]
-          <x:t>5,335</x:t>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>