--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376195338073496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21493346b204f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f6ee544c4144ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c08977dd5f4f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf638b2f95f545a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f6ee544c4144ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c77e9916d274d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c08977dd5f4f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>5,040</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>