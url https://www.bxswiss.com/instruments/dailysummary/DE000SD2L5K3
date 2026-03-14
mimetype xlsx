--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21493346b204f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R408d72178b1249af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c08977dd5f4f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50213a15e89541f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c77e9916d274d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c08977dd5f4f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc539fbcedc9341de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50213a15e89541f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...97 lines deleted...]
-          <x:t>3,000</x:t>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,860</x:t>
-[...129 lines deleted...]
-          <x:t>3,230</x:t>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>3,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>