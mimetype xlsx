--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d1403ed58b40f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a7fabbd0eb4c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983c6eb7fac54035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65f09f889614e90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9549c17194aa477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983c6eb7fac54035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a2100e437f4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65f09f889614e90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5J5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,593</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,586</x:t>
+          <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>0,688</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>