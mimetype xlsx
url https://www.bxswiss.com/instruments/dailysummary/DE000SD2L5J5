--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a7fabbd0eb4c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39e4a42cbd54597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65f09f889614e90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45136569e5704ba0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a2100e437f4eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65f09f889614e90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc0bd2884c10475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45136569e5704ba0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5J5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,693</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,656</x:t>
-[...21 lines deleted...]
-          <x:t>0,756</x:t>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,828</x:t>
-[...31 lines deleted...]
-          <x:t>0,782</x:t>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,702</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,684</x:t>
-[...409 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>