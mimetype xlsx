--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39e4a42cbd54597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a102bb0e8c4cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45136569e5704ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86171746921643fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc0bd2884c10475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45136569e5704ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56bd230a4e434ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86171746921643fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5J5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,767</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,748</x:t>
-[...168 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,728</x:t>
-[...387 lines deleted...]
-          <x:t>0,817</x:t>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>