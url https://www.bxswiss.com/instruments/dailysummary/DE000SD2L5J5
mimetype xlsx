--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a102bb0e8c4cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a756fb509f41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86171746921643fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b68731ba43142b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56bd230a4e434ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86171746921643fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5eaf62ff56c4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b68731ba43142b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5J5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,582</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>