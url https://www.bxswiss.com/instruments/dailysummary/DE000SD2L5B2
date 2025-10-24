--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd339b0a02a7b4a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90ddb67895442f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc500a479f7431b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa9d2ffb5be49d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b08f9f92f36418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc500a479f7431b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b8b1f5faf94aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa9d2ffb5be49d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>5,010</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,450</x:t>
-[...91 lines deleted...]
-        <x:is>
           <x:t>4,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,605</x:t>
-[...387 lines deleted...]
-          <x:t>4,775</x:t>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>