--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90ddb67895442f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fadf7043814e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa9d2ffb5be49d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re32b64d2ab7f4ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41b8b1f5faf94aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa9d2ffb5be49d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54f2e2f7b124782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re32b64d2ab7f4ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>5,340</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>5,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,080</x:t>
-[...475 lines deleted...]
-          <x:t>3,240</x:t>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,190</x:t>
-[...31 lines deleted...]
-          <x:t>3,550</x:t>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>