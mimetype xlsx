--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fadf7043814e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd605c9908d74b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re32b64d2ab7f4ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6912440ddd74533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54f2e2f7b124782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re32b64d2ab7f4ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a7912283c94184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6912440ddd74533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>4,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,935</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>