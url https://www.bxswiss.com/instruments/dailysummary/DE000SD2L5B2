--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd605c9908d74b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422c824cc51644bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6912440ddd74533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebfc67f8d0814c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a7912283c94184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6912440ddd74533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb582661a1ed24a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebfc67f8d0814c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,370</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>27.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,225</x:t>
-[...4 lines deleted...]
-          <x:t>2,045</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>1,955</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>