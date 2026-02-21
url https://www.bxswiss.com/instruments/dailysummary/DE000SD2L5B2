--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R422c824cc51644bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f2a15ba39b4239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebfc67f8d0814c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f363642f3614146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb582661a1ed24a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebfc67f8d0814c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ffdcd33e3145fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f363642f3614146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,625</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...323 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>