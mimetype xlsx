--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60f2a15ba39b4239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc9f7408d9e74858" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f363642f3614146"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d6de67015d24474"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ffdcd33e3145fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f363642f3614146" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3121f5df1d3e40e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d6de67015d24474" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Barry Callebaut</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L5B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>1,360</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
-[...377 lines deleted...]
-          <x:t>0,918</x:t>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>