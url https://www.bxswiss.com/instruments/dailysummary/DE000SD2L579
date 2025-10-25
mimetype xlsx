--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef29225dc474bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9eee2fc606b4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49eb764c9e324018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd144eb6976c7468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458bda38e2224a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49eb764c9e324018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9017ee863fc439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd144eb6976c7468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,681</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,634</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,599</x:t>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,541</x:t>
-[...48 lines deleted...]
-          <x:t>0,519</x:t>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...112 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>