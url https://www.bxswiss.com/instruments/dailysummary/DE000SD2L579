--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9eee2fc606b4256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617b28bc8ce54186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd144eb6976c7468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75d36234b4644f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9017ee863fc439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd144eb6976c7468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8b801b3f024241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75d36234b4644f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,557</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>