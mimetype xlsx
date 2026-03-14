--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617b28bc8ce54186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e05a0c1e85b4e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75d36234b4644f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7afd691d58c1426d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8b801b3f024241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75d36234b4644f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8415ccdbba4c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7afd691d58c1426d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,331</x:t>
-[...441 lines deleted...]
-          <x:t>0,388</x:t>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>