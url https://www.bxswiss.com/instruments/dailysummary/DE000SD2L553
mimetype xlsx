--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702d7015fb5e4566" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37a6b5a377d4a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2b33bc9c0d40a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0703af3d11524cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82b313076bd94e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2b33bc9c0d40a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca593a86f7b40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0703af3d11524cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,220</x:t>
-[...43 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,170</x:t>
-[...16 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,170</x:t>
-[...16 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...151 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>