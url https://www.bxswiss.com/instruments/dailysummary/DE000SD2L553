--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37a6b5a377d4a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0520b8b22d46d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0703af3d11524cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c07ad2606164da4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca593a86f7b40c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0703af3d11524cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fcb2066a584a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c07ad2606164da4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,170</x:t>
-[...6 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,160</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,120</x:t>
-[...43 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...264 lines deleted...]
-          <x:t>0,978</x:t>
+          <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>