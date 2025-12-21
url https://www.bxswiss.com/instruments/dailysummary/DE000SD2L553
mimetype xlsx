--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0520b8b22d46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15f2519d53447a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c07ad2606164da4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21b6e461e0447b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fcb2066a584a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c07ad2606164da4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343e0a6f21204060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21b6e461e0447b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...269 lines deleted...]
-          <x:t>0,979</x:t>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>