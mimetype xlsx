--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15f2519d53447a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c0c306dbe04849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21b6e461e0447b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87f752603ec9484e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343e0a6f21204060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21b6e461e0447b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9923db094a465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87f752603ec9484e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,862</x:t>
-[...31 lines deleted...]
-          <x:t>0,836</x:t>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,833</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...21 lines deleted...]
-          <x:t>0,920</x:t>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,923</x:t>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,919</x:t>
-[...404 lines deleted...]
-          <x:t>0,941</x:t>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>