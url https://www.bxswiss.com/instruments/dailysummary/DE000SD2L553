--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c0c306dbe04849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4adba9cc6b042a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87f752603ec9484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf022428ebda64a9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9923db094a465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87f752603ec9484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c91127a9a4944e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf022428ebda64a9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on EMS-Chemie Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>