--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c42291780154c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ac358307d04aa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d657b233d9f429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813e8e62dd9a4477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a5366e34b984214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d657b233d9f429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24981e88db340d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813e8e62dd9a4477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,760</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,374</x:t>
-[...11 lines deleted...]
-          <x:t>0,373</x:t>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,332</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,418</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>