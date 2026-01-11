--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16ac358307d04aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3bb7c47eb3c4e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813e8e62dd9a4477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3009f2f3d2e4841"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24981e88db340d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813e8e62dd9a4477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533fd12c3af643dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3009f2f3d2e4841" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>