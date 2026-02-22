--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3bb7c47eb3c4e6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d7fe5d4dd349ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3009f2f3d2e4841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4466084439469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533fd12c3af643dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3009f2f3d2e4841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38959252f4db4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4466084439469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,175</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>