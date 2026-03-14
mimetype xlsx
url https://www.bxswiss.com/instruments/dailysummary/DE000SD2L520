--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d7fe5d4dd349ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbef2d970904040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4466084439469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32d0c8acbc24ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38959252f4db4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4466084439469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc862c410b6734cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32d0c8acbc24ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,102</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,128</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,126</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,135</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,126</x:t>
-[...21 lines deleted...]
-          <x:t>0,096</x:t>
+          <x:t>0,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,089</x:t>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,084</x:t>
-[...21 lines deleted...]
-          <x:t>0,104</x:t>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,079</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>0,127</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>