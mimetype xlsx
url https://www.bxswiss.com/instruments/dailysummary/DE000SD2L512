--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc34dad78df274e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3805ba919394de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca3b26b555a4e7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radd8f824fb7a420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a7866b6a20499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca3b26b555a4e7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4694ac75ca046ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radd8f824fb7a420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>9,230</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,565</x:t>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>9,690</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>10,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>