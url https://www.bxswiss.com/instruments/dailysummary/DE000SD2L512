--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3805ba919394de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb65e19c3bc44366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radd8f824fb7a420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0193f02058224c3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4694ac75ca046ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radd8f824fb7a420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd395451372144a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0193f02058224c3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>