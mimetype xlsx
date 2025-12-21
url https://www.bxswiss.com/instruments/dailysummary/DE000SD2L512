--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb65e19c3bc44366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516318aec87243f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0193f02058224c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf3488a67334e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd395451372144a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0193f02058224c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c0f67a3d624413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf3488a67334e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>6,650</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>6,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>6,640</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,340</x:t>
-[...134 lines deleted...]
-          <x:t>5,690</x:t>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>