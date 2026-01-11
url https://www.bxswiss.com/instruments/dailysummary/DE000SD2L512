--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516318aec87243f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda08cc46d19148a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redf3488a67334e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfa3ec537974504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c0f67a3d624413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redf3488a67334e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb222e2a70ce14fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfa3ec537974504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,755</x:t>
-[...31 lines deleted...]
-          <x:t>5,795</x:t>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...418 lines deleted...]
-          <x:t>6,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,010</x:t>
-[...26 lines deleted...]
-          <x:t>5,855</x:t>
+          <x:t>5,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>