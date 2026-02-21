--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda08cc46d19148a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc6561d41574441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfa3ec537974504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3ac9a48cea4180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb222e2a70ce14fd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfa3ec537974504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892de68658024747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3ac9a48cea4180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>6,430</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>5,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>