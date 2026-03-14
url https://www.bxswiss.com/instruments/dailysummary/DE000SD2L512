--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc6561d41574441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f2ce325b264db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3ac9a48cea4180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1355cf40124140"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892de68658024747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3ac9a48cea4180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd540018f3a6245d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1355cf40124140" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on dormakaba Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,205</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,445</x:t>
-[...70 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,295</x:t>
-[...360 lines deleted...]
-          <x:t>4,995</x:t>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>