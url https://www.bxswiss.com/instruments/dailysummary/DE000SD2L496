--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e8a492c7e234463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f67863b6a14a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f0b0b8f54d454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf41a00a95224bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9e683dead345be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f0b0b8f54d454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c46b47e894f41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf41a00a95224bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,582</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,614</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,614</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,606</x:t>
-[...16 lines deleted...]
-          <x:t>0,656</x:t>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,669</x:t>
-[...350 lines deleted...]
-          <x:t>0,654</x:t>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>