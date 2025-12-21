--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f67863b6a14a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e513f366724540" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf41a00a95224bd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca147d7c9854f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c46b47e894f41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf41a00a95224bd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4017b4fe4c404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca147d7c9854f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>0,680</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,647</x:t>
-[...53 lines deleted...]
-          <x:t>0,640</x:t>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>