--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e513f366724540" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46760113c3842b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raca147d7c9854f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3754775b059a4976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4017b4fe4c404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raca147d7c9854f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c546416abf644db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3754775b059a4976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,567</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
-[...6 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,473</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,508</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,487</x:t>
-[...43 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,493</x:t>
-[...119 lines deleted...]
-          <x:t>0,458</x:t>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>0,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>