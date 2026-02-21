--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd46760113c3842b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11beda8fc3e04c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3754775b059a4976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b18d01ecffb48e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c546416abf644db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3754775b059a4976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7593b34e595f4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b18d01ecffb48e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,473</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>0,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,484</x:t>
-[...16 lines deleted...]
-          <x:t>0,481</x:t>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,471</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>