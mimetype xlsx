--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11beda8fc3e04c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3241242523924ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b18d01ecffb48e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf5d7b4dc0241bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7593b34e595f4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b18d01ecffb48e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae991edc9d3042b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf5d7b4dc0241bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD2L496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,438</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>