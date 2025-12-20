--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77554580bca3463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158a471b7ded4977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb481a21927ee4604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f3759bf58744eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re274bd9bd30b4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb481a21927ee4604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ec217b9f1749fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f3759bf58744eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,344</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...65 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,334</x:t>
-[...102 lines deleted...]
-          <x:t>0,357</x:t>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,357</x:t>
-[...75 lines deleted...]
-          <x:t>0,413</x:t>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,387</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,362</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,405</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>