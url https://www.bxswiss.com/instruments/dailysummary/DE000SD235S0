--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R158a471b7ded4977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re82f2e3b53434508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f3759bf58744eb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53a2a68faea4b4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ec217b9f1749fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f3759bf58744eb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a5f10a823d499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53a2a68faea4b4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,331</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,352</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,352</x:t>
-[...274 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>