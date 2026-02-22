--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re82f2e3b53434508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56678fe1386e47c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra53a2a68faea4b4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b1e473109f45fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a5f10a823d499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra53a2a68faea4b4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra013cc417f814003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b1e473109f45fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>