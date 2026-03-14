--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56678fe1386e47c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc036ec6a5bd64463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b1e473109f45fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d06367a01e443c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra013cc417f814003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b1e473109f45fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d957027bf904500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d06367a01e443c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on K+S</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235S0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>0,649</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,644</x:t>
-[...70 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,613</x:t>
-[...188 lines deleted...]
-          <x:t>0,638</x:t>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,718</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,708</x:t>
-[...220 lines deleted...]
-          <x:t>0,702</x:t>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>