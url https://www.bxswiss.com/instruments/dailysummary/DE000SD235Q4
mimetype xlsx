--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f960aa443944493" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a6eeb6dda44e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red75eb7100b049a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce8f1fb9e75498f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42dbb14b90e4033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red75eb7100b049a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ce3487ae16a43e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce8f1fb9e75498f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,313</x:t>
-[...21 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,366</x:t>
-[...11 lines deleted...]
-          <x:t>0,363</x:t>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,376</x:t>
-[...53 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,344</x:t>
-[...16 lines deleted...]
-          <x:t>0,402</x:t>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,347</x:t>
-[...350 lines deleted...]
-          <x:t>0,283</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>