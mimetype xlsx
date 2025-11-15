--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a6eeb6dda44e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd49ad43e094e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce8f1fb9e75498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a14445ff0f146ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ce3487ae16a43e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce8f1fb9e75498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fcfbd0e48aa45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a14445ff0f146ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,328</x:t>
-[...232 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,379</x:t>
-[...215 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>0,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>