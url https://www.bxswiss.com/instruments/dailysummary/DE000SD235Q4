--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd49ad43e094e04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5826504394314523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a14445ff0f146ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb75d6940104417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fcfbd0e48aa45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a14445ff0f146ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc999fe6cbb974754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb75d6940104417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,281</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,348</x:t>
-[...4 lines deleted...]
-          <x:t>0,314</x:t>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>0,377</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,447</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>