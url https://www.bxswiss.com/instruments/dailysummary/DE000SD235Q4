--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5826504394314523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d8f07040064089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb75d6940104417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3066e5035ee04391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc999fe6cbb974754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb75d6940104417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3d7af144a4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3066e5035ee04391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,441</x:t>
-[...58 lines deleted...]
-          <x:t>0,379</x:t>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,389</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,340</x:t>
-[...60 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,333</x:t>
-[...102 lines deleted...]
-          <x:t>0,276</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,259</x:t>
-[...166 lines deleted...]
-          <x:t>0,382</x:t>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>