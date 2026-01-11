--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d8f07040064089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdacc4a75200a4432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3066e5035ee04391"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d87648c316543ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b3d7af144a4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3066e5035ee04391" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88eeeab5fd784c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d87648c316543ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>