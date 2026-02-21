--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdacc4a75200a4432" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9e9b9b555b45f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d87648c316543ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c14c6d05184bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88eeeab5fd784c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d87648c316543ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1460718ca244a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c14c6d05184bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,295</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>