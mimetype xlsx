--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c9e9b9b555b45f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db20adbc4434a52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c14c6d05184bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b33bb18f5c64ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1460718ca244a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c14c6d05184bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c3e6459f51e46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b33bb18f5c64ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 10.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD235Q4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>0,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>