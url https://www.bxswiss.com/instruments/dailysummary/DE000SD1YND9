--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b4f5ae7a764ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf81c02f2fb441f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b195df6e6494638"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67b7631c1474c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb072907167c84451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b195df6e6494638" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb1981cf7f845c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67b7631c1474c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>12,045</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>