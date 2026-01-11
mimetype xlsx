--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf81c02f2fb441f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07e61c727f54c4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf67b7631c1474c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d42e27dd4644d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb1981cf7f845c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf67b7631c1474c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12911eaab9244ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d42e27dd4644d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>13,885</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,600</x:t>
-[...97 lines deleted...]
-          <x:t>14,405</x:t>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,120</x:t>
-[...70 lines deleted...]
-          <x:t>14,685</x:t>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,530</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>14,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,645</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>14,795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>