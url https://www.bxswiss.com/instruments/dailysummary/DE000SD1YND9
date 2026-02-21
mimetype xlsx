--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07e61c727f54c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a35816e007c4624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4d42e27dd4644d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28fc6d6cd09043e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12911eaab9244ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4d42e27dd4644d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf57a094d8b704b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28fc6d6cd09043e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>16,735</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,700</x:t>
-[...4 lines deleted...]
-          <x:t>16,905</x:t>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>