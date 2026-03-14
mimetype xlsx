--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a35816e007c4624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R683191818ac24795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28fc6d6cd09043e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae60eb00ffae4e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf57a094d8b704b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28fc6d6cd09043e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R047301e2a2cb48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae60eb00ffae4e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited TURBO Call Warrant on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>18,830</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,720</x:t>
-[...6 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,630</x:t>
-[...279 lines deleted...]
-          <x:t>19,510</x:t>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>