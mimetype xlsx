--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d29aeebdc44e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f54453a08c149e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba4844a28ba4b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra079c604f6f44e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf395aa61466046f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba4844a28ba4b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c3d87e07a8420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra079c604f6f44e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>10,260</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,235</x:t>
-[...92 lines deleted...]
-          <x:t>10,270</x:t>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...332 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,715</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>