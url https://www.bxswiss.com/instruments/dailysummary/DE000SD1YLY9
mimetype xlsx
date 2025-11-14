--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f54453a08c149e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e548ec10cbc46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra079c604f6f44e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813f7faa5644495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c3d87e07a8420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra079c604f6f44e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ed2958d0834659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813f7faa5644495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>10,770</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,705</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>10,860</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>11,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,155</x:t>
-[...274 lines deleted...]
-          <x:t>11,265</x:t>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>