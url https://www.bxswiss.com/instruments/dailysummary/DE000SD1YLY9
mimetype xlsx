--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e548ec10cbc46a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22372f350bd94688" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813f7faa5644495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99886e183d294b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ed2958d0834659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813f7faa5644495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65dc3f7ee0c64fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99886e183d294b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>11,475</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>