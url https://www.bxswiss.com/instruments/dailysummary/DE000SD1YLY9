--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22372f350bd94688" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c81450f37d4760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99886e183d294b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f10d3a5bd54574"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65dc3f7ee0c64fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99886e183d294b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba93c14826fd48f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f10d3a5bd54574" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>8,815</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>9,070</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>9,085</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,085</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>9,055</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>8,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>