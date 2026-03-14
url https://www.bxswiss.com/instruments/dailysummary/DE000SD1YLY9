--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00c81450f37d4760" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2dfd83ba1141bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f10d3a5bd54574"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1249a94e150e4891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba93c14826fd48f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f10d3a5bd54574" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae3926e8eb048ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1249a94e150e4891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEST Unlimited TURBO Call Warrant on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1YLY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>8,525</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>8,545</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,545</x:t>
-[...11 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,705</x:t>
-[...11 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,885</x:t>
-[...70 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>8,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,915</x:t>
-[...43 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,255</x:t>
-[...43 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>8,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,005</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>9,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>