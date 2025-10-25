--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39963f74fe74b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe4a814cf4ba46e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b304fb7275645b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591744e74dc8411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R132ebeb526cc49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b304fb7275645b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8437ea2b21a742d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591744e74dc8411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1W8J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,233</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,247</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...413 lines deleted...]
-          <x:t>0,299</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,298</x:t>
-[...31 lines deleted...]
-          <x:t>0,337</x:t>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>