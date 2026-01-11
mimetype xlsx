--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe4a814cf4ba46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3cc9c0f67943b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591744e74dc8411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba7144c92d74807"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8437ea2b21a742d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591744e74dc8411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4dec48638e54618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba7144c92d74807" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1W8J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>0,316</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,386</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,309</x:t>
-[...161 lines deleted...]
-          <x:t>0,333</x:t>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>