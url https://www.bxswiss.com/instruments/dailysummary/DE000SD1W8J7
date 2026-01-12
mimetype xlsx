--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3cc9c0f67943b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6be43de5b51414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba7144c92d74807"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeca66ca663c4d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4dec48638e54618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba7144c92d74807" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026ac2f0ad244676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeca66ca663c4d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1W8J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>