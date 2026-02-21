--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6be43de5b51414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ca52129fb24523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeca66ca663c4d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94be27d016f4b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026ac2f0ad244676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeca66ca663c4d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222e7456836341d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94be27d016f4b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1W8J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,513</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>