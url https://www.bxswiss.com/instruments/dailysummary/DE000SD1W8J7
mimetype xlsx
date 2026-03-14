--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ca52129fb24523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809591db5a1f41a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94be27d016f4b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a23c9c233c541f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222e7456836341d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94be27d016f4b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3010a7d0b0614971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a23c9c233c541f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1W8J7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,229</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,211</x:t>
-[...11 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,246</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,267</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,209</x:t>
-[...495 lines deleted...]
-          <x:t>0,272</x:t>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>