--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f311b7b656c4374" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e026370b4145f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R384849e635514a3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dbdee258d594385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474e11a107fb494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R384849e635514a3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e4ff4b93e848ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dbdee258d594385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,317</x:t>
-[...70 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,304</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,282</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>