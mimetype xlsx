--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e026370b4145f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a703b763f4b435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dbdee258d594385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a713f709a64fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e4ff4b93e848ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dbdee258d594385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917cdc2d2f514b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a713f709a64fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>0,184</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,180</x:t>
-[...38 lines deleted...]
-          <x:t>0,160</x:t>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,171</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,164</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,153</x:t>
-[...4 lines deleted...]
-          <x:t>0,153</x:t>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>