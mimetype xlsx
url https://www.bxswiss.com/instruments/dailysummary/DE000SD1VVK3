--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a703b763f4b435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e81c59c2d347d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a713f709a64fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re921bbb1ae494ec8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917cdc2d2f514b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a713f709a64fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5837ecb6b94a4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re921bbb1ae494ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,118</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,112</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,097</x:t>
-[...21 lines deleted...]
-          <x:t>0,090</x:t>
+          <x:t>0,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,092</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>0,096</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,086</x:t>
-[...26 lines deleted...]
-          <x:t>0,092</x:t>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>