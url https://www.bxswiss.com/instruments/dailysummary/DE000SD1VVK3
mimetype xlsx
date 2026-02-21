--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e81c59c2d347d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f1c0ef2ccb4594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re921bbb1ae494ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb28e269546047e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5837ecb6b94a4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re921bbb1ae494ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcccee03cf54b4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb28e269546047e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,024</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>