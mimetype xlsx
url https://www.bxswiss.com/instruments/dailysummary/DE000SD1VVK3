--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f1c0ef2ccb4594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2079df237d645b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb28e269546047e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1df67e8f8b448fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcccee03cf54b4227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb28e269546047e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3c088137df48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1df67e8f8b448fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,516 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...249 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>