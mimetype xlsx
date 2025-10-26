--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ae5be71a0141aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31763b3847ed4064" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd8785e1ef84a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18fb174c7a944caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f115f6d99541c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd8785e1ef84a43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3cdb0798b944446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18fb174c7a944caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,210</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...521 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>