--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31763b3847ed4064" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01799f9cc0af4b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18fb174c7a944caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0deff6509f4e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3cdb0798b944446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18fb174c7a944caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3283d46cc25482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0deff6509f4e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>2,735</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...80 lines deleted...]
-          <x:t>1,865</x:t>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...370 lines deleted...]
-          <x:t>2,785</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>