--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01799f9cc0af4b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfcc01a698a433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0deff6509f4e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827bf0ef99e84785"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3283d46cc25482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0deff6509f4e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0b05d648684f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827bf0ef99e84785" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>2,575</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,370</x:t>
-[...63 lines deleted...]
-          <x:t>2,345</x:t>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>