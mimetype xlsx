--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfcc01a698a433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7c83b118db4184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827bf0ef99e84785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95f94947c8c4cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0b05d648684f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827bf0ef99e84785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54131a9f4a2b4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95f94947c8c4cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...16 lines deleted...]
-          <x:t>2,435</x:t>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,415</x:t>
-[...70 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>2,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>