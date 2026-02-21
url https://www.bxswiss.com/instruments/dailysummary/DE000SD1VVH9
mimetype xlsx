--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7c83b118db4184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1238440d04d74563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95f94947c8c4cd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd88c59f3b7470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54131a9f4a2b4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95f94947c8c4cd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40db4b7c6794910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd88c59f3b7470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...26 lines deleted...]
-          <x:t>2,070</x:t>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,925</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,235</x:t>
-[...323 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>