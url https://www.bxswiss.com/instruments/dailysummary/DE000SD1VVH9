--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1238440d04d74563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b69b0347f54d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd88c59f3b7470b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ab7b55f5ba4166"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40db4b7c6794910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd88c59f3b7470b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463ff7899b044def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ab7b55f5ba4166" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Pfizer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...70 lines deleted...]
-          <x:t>1,585</x:t>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...97 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1,515</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>1,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>