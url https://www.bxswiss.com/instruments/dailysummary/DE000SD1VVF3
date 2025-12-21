--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree57fc3ff6ca4dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d9b38f72274dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R465503a2e616447a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140e555244c8443b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d3206df55a446e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R465503a2e616447a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdaa20b83c164ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140e555244c8443b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on McDonalds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...418 lines deleted...]
-          <x:t>1,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>