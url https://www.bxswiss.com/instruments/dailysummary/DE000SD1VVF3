--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d9b38f72274dbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc135aa22e5504ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140e555244c8443b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0a9ca4033a410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdaa20b83c164ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140e555244c8443b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08a3076ef034761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0a9ca4033a410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on McDonalds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
-        </x:is>
-[...543 lines deleted...]
-          <x:t>0,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>