--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc135aa22e5504ecc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d4461f6ba04733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0a9ca4033a410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f79ad422f74f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08a3076ef034761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0a9ca4033a410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8c75f573164895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f79ad422f74f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on McDonalds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,978</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,968</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,868</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,891</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,873</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,836</x:t>
-[...269 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>