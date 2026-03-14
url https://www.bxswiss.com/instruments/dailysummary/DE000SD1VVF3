--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d4461f6ba04733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba6a7bc6c00459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f79ad422f74f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7841c45b7ee04136"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8c75f573164895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f79ad422f74f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112ba9b66a1f48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7841c45b7ee04136" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on McDonalds</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>0,741</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,772</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,772</x:t>
-[...16 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,800</x:t>
-[...4 lines deleted...]
-          <x:t>0,732</x:t>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>0,736</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>0,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>