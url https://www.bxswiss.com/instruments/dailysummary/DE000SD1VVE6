--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732c2ac714a14dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe0f3840edd4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5184f1064c344a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0697849fbdb4cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6391200bf241b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5184f1064c344a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1dac55037a645db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0697849fbdb4cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,955</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...474 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,910</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>