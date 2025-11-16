--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebe0f3840edd4ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb138564a22e4b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0697849fbdb4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e61d73c9e574cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1dac55037a645db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0697849fbdb4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea20b9cb6d54bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e61d73c9e574cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,575</x:t>
-[...151 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,485</x:t>
-[...70 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>1,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>