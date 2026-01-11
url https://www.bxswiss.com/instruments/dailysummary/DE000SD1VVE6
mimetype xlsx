--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb138564a22e4b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5132beb1df4367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e61d73c9e574cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4ed6fbd72f48b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ea20b9cb6d54bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e61d73c9e574cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7173030669ab4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4ed6fbd72f48b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,335</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>