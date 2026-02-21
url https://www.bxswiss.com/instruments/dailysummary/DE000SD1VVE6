--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5132beb1df4367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe8c261fb4bd4479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4ed6fbd72f48b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1156f4f44d4355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7173030669ab4adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4ed6fbd72f48b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd79805cfcc4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1156f4f44d4355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>