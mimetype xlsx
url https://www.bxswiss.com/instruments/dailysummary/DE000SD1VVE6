--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe8c261fb4bd4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7e94acdd22482d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1156f4f44d4355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88bf4a93fdd4780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bd79805cfcc4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1156f4f44d4355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4a8b3ac5f24f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88bf4a93fdd4780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Johnson &amp; Johnson</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VVE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,539</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>0,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
-        </x:is>
-[...121 lines deleted...]
-          <x:t>0,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>