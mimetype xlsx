--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46ae9a44025427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc29c299e0bd4f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c1679dae73f4c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71af4e422df242e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4bbc8510184459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c1679dae73f4c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ffc033504740c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71af4e422df242e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,212 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>0,852</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>