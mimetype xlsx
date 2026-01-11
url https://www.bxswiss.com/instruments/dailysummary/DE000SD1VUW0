--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc29c299e0bd4f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6652296787b841b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71af4e422df242e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbbc7ada28ff4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ffc033504740c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71af4e422df242e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R754a860a24f741e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbbc7ada28ff4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...102 lines deleted...]
-          <x:t>1,260</x:t>
+          <x:t>1,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...31 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>