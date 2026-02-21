--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6652296787b841b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9a7271c6fa48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbbc7ada28ff4769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ff1214398f4985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R754a860a24f741e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbbc7ada28ff4769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72ddf97a872c4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ff1214398f4985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,940</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>