--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9a7271c6fa48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae9b3122a6b437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ff1214398f4985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaf0194490954ffd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72ddf97a872c4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ff1214398f4985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22652fe9b13a45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaf0194490954ffd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Samsung Electronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>5,975</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,720</x:t>
-[...151 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>8,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>11,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>