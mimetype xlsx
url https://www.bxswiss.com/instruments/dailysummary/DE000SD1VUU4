--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71bb21093f29451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e658fb6b2c4e90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R192644948b914d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94faabce8da471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa954af83824427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R192644948b914d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9aa217e86f402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94faabce8da471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>1,340</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,430</x:t>
-[...414 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>