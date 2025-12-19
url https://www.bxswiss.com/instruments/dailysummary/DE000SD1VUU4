--- v1 (2025-10-26)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e658fb6b2c4e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62dd2b4dada41a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94faabce8da471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38c02f2d5d64350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9aa217e86f402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94faabce8da471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f8a85bb2be4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38c02f2d5d64350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>1,455</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>