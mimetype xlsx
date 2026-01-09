--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62dd2b4dada41a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737f324dd9284501" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38c02f2d5d64350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb592f82f4148c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f8a85bb2be4142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38c02f2d5d64350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b35854bc0214e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb592f82f4148c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>3,840</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,155</x:t>
-[...328 lines deleted...]
-          <x:t>4,505</x:t>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>