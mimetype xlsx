--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737f324dd9284501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0a057516674ee3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bb592f82f4148c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb393494098f3409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b35854bc0214e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bb592f82f4148c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3784a0bf73084ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb393494098f3409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>3,745</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>5,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>