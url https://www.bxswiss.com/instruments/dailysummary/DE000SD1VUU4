--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0a057516674ee3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88113329f93441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb393494098f3409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320d1289e12044a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3784a0bf73084ace" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb393494098f3409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e11537d1b2c4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320d1289e12044a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>4,570</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>