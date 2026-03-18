--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf88113329f93441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be7dc80fbe04e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320d1289e12044a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ffa2f8b011d4c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e11537d1b2c4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320d1289e12044a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2628223422544449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ffa2f8b011d4c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Barrick Gold</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,350</x:t>
-[...53 lines deleted...]
-          <x:t>5,225</x:t>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>5,215</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>