--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7020d8fcf944cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6de5dc753c41d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd31b462d661e4421"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23896f9b55b4ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ab28a9d1a545a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd31b462d661e4421" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9aa8ecbd80345e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23896f9b55b4ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,405</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>26,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,990</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>