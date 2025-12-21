--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6de5dc753c41d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a84ad779b2e42b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23896f9b55b4ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca39463c588c4e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9aa8ecbd80345e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23896f9b55b4ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddafa97439cb4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca39463c588c4e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>33,500</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>