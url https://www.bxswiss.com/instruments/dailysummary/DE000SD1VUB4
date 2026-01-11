--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a84ad779b2e42b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a956caa9464f57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca39463c588c4e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfabe1e423b7b4d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddafa97439cb4d96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca39463c588c4e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3422f8a6d56445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfabe1e423b7b4d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>