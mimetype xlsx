--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a956caa9464f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154dfd2cb0f94a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfabe1e423b7b4d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a96db30f3b34514"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3422f8a6d56445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfabe1e423b7b4d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc16740145e4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a96db30f3b34514" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>34,515</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>