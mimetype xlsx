--- v4 (2026-02-19)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154dfd2cb0f94a07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8803def856d946fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a96db30f3b34514"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b47014949de4e2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc16740145e4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a96db30f3b34514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c704e2b25fe4841" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b47014949de4e2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Siemens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VUB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,775</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>33,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,110</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>