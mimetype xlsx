--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58a080cb20814f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb1ed77b8a1402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a02605001684d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f2fb6fe414419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2b9f219d404dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a02605001684d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ba47f61a2f64ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f2fb6fe414419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Coca Cola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VU66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,600</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...620 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>