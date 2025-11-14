--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb1ed77b8a1402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51573223c9e46f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f2fb6fe414419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e95a32e4f447b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ba47f61a2f64ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f2fb6fe414419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc92814c0e14fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e95a32e4f447b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Coca Cola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VU66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>1,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>1,825</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,855</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,675</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>