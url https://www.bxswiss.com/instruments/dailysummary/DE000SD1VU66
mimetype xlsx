--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51573223c9e46f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805c87f74f674981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94e95a32e4f447b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fe2f8e8d6c4857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc92814c0e14fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94e95a32e4f447b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d39c512c9e45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fe2f8e8d6c4857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Coca Cola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VU66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,580</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...361 lines deleted...]
-        <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...36 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>