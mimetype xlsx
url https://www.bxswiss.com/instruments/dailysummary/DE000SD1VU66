--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805c87f74f674981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0ef79283494e3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fe2f8e8d6c4857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae02d802854d4d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d39c512c9e45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fe2f8e8d6c4857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69955b88437e4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae02d802854d4d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Coca Cola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VU66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,365</x:t>
-[...80 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...6 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...124 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>1,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>