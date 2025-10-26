--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a40f2d5d724da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba2f4a12b974f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca1d23f31064545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0df7926bba84a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5abe99158e4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca1d23f31064545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f2fa75f3f649a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0df7926bba84a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,847</x:t>
-[...178 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,681</x:t>
-[...144 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>