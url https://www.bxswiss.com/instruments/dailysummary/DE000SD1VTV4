--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba2f4a12b974f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa3c3b9a4094d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0df7926bba84a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff6810e32ee4f54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0f2fa75f3f649a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0df7926bba84a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64cfa0e5b48a4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff6810e32ee4f54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,761</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,690</x:t>
-[...593 lines deleted...]
-          <x:t>0,632</x:t>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>