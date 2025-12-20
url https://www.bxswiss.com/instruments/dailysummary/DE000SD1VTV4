--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa3c3b9a4094d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c8520ffd1f4b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff6810e32ee4f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65b2c39fd187411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64cfa0e5b48a4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff6810e32ee4f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4b4312fb52c48ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65b2c39fd187411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,693</x:t>
-[...85 lines deleted...]
-          <x:t>0,581</x:t>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>0,463</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>