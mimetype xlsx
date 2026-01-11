--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c8520ffd1f4b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae511dc3fa44281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65b2c39fd187411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a9ecb731134a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4b4312fb52c48ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65b2c39fd187411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35ef970c568f4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a9ecb731134a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,432</x:t>
-[...404 lines deleted...]
-          <x:t>0,541</x:t>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,532</x:t>
-[...215 lines deleted...]
-          <x:t>0,550</x:t>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>