--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae511dc3fa44281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec50efa126c94121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a9ecb731134a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec74956bd734f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35ef970c568f4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a9ecb731134a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4bc24bf2e54b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec74956bd734f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,551</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,520</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,584</x:t>
-[...70 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,554</x:t>
-[...16 lines deleted...]
-          <x:t>0,592</x:t>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>0,622</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>