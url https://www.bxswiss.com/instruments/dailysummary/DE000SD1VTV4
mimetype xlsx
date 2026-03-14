--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec50efa126c94121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020bfc0f92224fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfec74956bd734f60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra779c98d199141be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4bc24bf2e54b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfec74956bd734f60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c360c0ff7d4af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra779c98d199141be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,578</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,620</x:t>
-[...58 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,447</x:t>
-[...134 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>