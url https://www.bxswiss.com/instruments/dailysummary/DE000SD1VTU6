--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a2b481b74644b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5cd118be4694733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd56f692335d84582"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bebb387b8e4d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeccb5e04a234052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd56f692335d84582" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b6b7ce73b94eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bebb387b8e4d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>8,375</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,010</x:t>
-[...215 lines deleted...]
-          <x:t>6,790</x:t>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>7,080</x:t>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,750</x:t>
-[...107 lines deleted...]
-          <x:t>7,450</x:t>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>