--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5cd118be4694733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27793f5269434a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86bebb387b8e4d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140829bc463e4fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b6b7ce73b94eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86bebb387b8e4d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5633d22f7c9246f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140829bc463e4fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>7,430</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>6,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>7,080</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,750</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>6,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,745</x:t>
-[...215 lines deleted...]
-          <x:t>6,855</x:t>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>