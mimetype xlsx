--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27793f5269434a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50fa70e56868414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R140829bc463e4fab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc2cfa53fe54ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5633d22f7c9246f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R140829bc463e4fab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red7535aecad04530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc2cfa53fe54ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,080</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>24.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,330</x:t>
-[...522 lines deleted...]
-          <x:t>6,380</x:t>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>