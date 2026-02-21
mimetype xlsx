--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50fa70e56868414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7873d9191d304980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc2cfa53fe54ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d055c533ee94dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red7535aecad04530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc2cfa53fe54ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd652becedd82451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d055c533ee94dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>6,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,360</x:t>
-[...215 lines deleted...]
-          <x:t>5,800</x:t>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>