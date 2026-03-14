--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7873d9191d304980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd58fb1d6742ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d055c533ee94dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9e273a6c4b54e60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd652becedd82451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d055c533ee94dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb1b358340344def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9e273a6c4b54e60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on L'Oreal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>7,010</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...334 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>7,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,925</x:t>
-[...80 lines deleted...]
-          <x:t>7,580</x:t>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>