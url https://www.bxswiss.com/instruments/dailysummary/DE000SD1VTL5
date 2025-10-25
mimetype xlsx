--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9e971f139340e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102077bfd1604df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8f903d2a854f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40444836f4824f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05bc3d6808a242fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8f903d2a854f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14d2c0f559341ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40444836f4824f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>287,500</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>258,975</x:t>
-[...296 lines deleted...]
-          <x:t>300,415</x:t>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>