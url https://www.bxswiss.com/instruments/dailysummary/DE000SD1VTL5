--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102077bfd1604df0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231c1a784d6640da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40444836f4824f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19e927d86594108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra14d2c0f559341ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40444836f4824f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7076208e382d4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19e927d86594108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>244,935</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>