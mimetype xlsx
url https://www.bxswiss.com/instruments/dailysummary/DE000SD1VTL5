--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231c1a784d6640da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95107d8f5a84058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd19e927d86594108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re617ea72704e4b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7076208e382d4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd19e927d86594108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c675b2d1f574fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re617ea72704e4b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>352,400</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>