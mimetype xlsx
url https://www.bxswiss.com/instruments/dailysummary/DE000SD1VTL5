--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95107d8f5a84058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a967056b837498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re617ea72704e4b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49efc2fc11484180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c675b2d1f574fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re617ea72704e4b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0baed5f1bc8b4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49efc2fc11484180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Intesa SanPaolo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTL5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>